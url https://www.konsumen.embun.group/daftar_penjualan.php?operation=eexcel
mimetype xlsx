--- v0 (2025-12-23)
+++ v1 (2026-02-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t>Kd Penjualan</t>
   </si>
   <si>
     <t>Tgl Penjualan</t>
   </si>
   <si>
     <t>Nama Customer</t>
   </si>
   <si>
     <t>Nama Perumahan</t>
   </si>
   <si>
     <t>Kode Rumah</t>
   </si>
   <si>
     <t>Harga</t>
   </si>
   <si>
     <t>Down Payment</t>
   </si>
   <si>
     <t>Jangka Angsuran</t>
   </si>
   <si>
@@ -107,71 +107,74 @@
   <si>
     <t>415.000.000,00</t>
   </si>
   <si>
     <t>280.000.000,00</t>
   </si>
   <si>
     <t>150.000.000,00</t>
   </si>
   <si>
     <t>CASH KERAS</t>
   </si>
   <si>
     <t>Penj-0003</t>
   </si>
   <si>
     <t>01 Mar 2023</t>
   </si>
   <si>
     <t>MUHAMMAD ZALFA ARYADIREZA</t>
   </si>
   <si>
     <t>KAV-016</t>
   </si>
   <si>
+    <t>464.000.000,00</t>
+  </si>
+  <si>
+    <t>50.000.000,00</t>
+  </si>
+  <si>
+    <t>4.070.000,00</t>
+  </si>
+  <si>
+    <t>Penj-0004</t>
+  </si>
+  <si>
+    <t>22 Mar 2023</t>
+  </si>
+  <si>
+    <t>RARA AMIATI</t>
+  </si>
+  <si>
+    <t>KAV-020</t>
+  </si>
+  <si>
     <t>359.000.000,00</t>
   </si>
   <si>
-    <t>50.000.000,00</t>
-[...16 lines deleted...]
-  <si>
     <t>107.000.000,00</t>
   </si>
   <si>
     <t>3.595.000,00</t>
   </si>
   <si>
     <t>Penj-0005</t>
   </si>
   <si>
     <t>12 May 2023</t>
   </si>
   <si>
     <t>NURHANA</t>
   </si>
   <si>
     <t>KAV-002</t>
   </si>
   <si>
     <t>419.000.000,00</t>
   </si>
   <si>
     <t>100.000.000,00</t>
   </si>
   <si>
     <t>5.500.000,00</t>
@@ -479,54 +482,156 @@
   <si>
     <t>51.300.000,00</t>
   </si>
   <si>
     <t>Penj-BNG-18</t>
   </si>
   <si>
     <t>20 Sep 2025</t>
   </si>
   <si>
     <t>SUTARSIH ENDANG PRAMUATI</t>
   </si>
   <si>
     <t>BUKIT BENANGA</t>
   </si>
   <si>
     <t>KAV-18</t>
   </si>
   <si>
     <t>154.933.000,00</t>
   </si>
   <si>
     <t>3.000.000,00</t>
   </si>
   <si>
-    <t>SUM = 11.291.033.000,00</t>
-[...2 lines deleted...]
-    <t>SUM = 3.319.300.000,00</t>
+    <t>PENJ-SR-04</t>
+  </si>
+  <si>
+    <t>23 Jul 2025</t>
+  </si>
+  <si>
+    <t>·RATNA. P</t>
+  </si>
+  <si>
+    <t>K-SR-001</t>
+  </si>
+  <si>
+    <t>401.000.000,00</t>
+  </si>
+  <si>
+    <t>90.000.000,00</t>
+  </si>
+  <si>
+    <t>20.000.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-50</t>
+  </si>
+  <si>
+    <t>22 Jan 2026</t>
+  </si>
+  <si>
+    <t>KASIH</t>
+  </si>
+  <si>
+    <t>KAV-50</t>
+  </si>
+  <si>
+    <t>126.000.000,00</t>
+  </si>
+  <si>
+    <t>2.300.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-37</t>
+  </si>
+  <si>
+    <t>INA DIRYANA. R</t>
+  </si>
+  <si>
+    <t>KAV-37</t>
+  </si>
+  <si>
+    <t>116.000.000,00</t>
+  </si>
+  <si>
+    <t>2.150.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-36</t>
+  </si>
+  <si>
+    <t>KAV-36</t>
+  </si>
+  <si>
+    <t>247.000.000,00</t>
+  </si>
+  <si>
+    <t>60.000.000,00</t>
+  </si>
+  <si>
+    <t>3.330.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-33</t>
+  </si>
+  <si>
+    <t>29 Jan 2026</t>
+  </si>
+  <si>
+    <t>SANATIAH</t>
+  </si>
+  <si>
+    <t>KAV-3335</t>
+  </si>
+  <si>
+    <t>316.000.000,00</t>
+  </si>
+  <si>
+    <t>3.978.000,00</t>
+  </si>
+  <si>
+    <t>Penj-BNG-06</t>
+  </si>
+  <si>
+    <t>19 Jan 2026</t>
+  </si>
+  <si>
+    <t>BUDI SUSANTO</t>
+  </si>
+  <si>
+    <t>KAV-06</t>
+  </si>
+  <si>
+    <t>4.039.000,00</t>
+  </si>
+  <si>
+    <t>SUM = 12.849.033.000,00</t>
+  </si>
+  <si>
+    <t>SUM = 3.589.300.000,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -829,51 +934,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J24"/>
+  <dimension ref="A1:J30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="16" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -994,656 +1099,848 @@
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H5">
         <v>120</v>
       </c>
       <c r="I5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H6">
         <v>84</v>
       </c>
       <c r="I6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H7">
         <v>120</v>
       </c>
       <c r="I7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H8">
         <v>120</v>
       </c>
       <c r="I8" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H9">
         <v>36</v>
       </c>
       <c r="I9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H10">
         <v>15</v>
       </c>
       <c r="I10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H11">
         <v>9</v>
       </c>
       <c r="I11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H12">
         <v>133</v>
       </c>
       <c r="I12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G13" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H13">
         <v>24</v>
       </c>
       <c r="I13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
         <v>84</v>
       </c>
       <c r="I14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H15">
         <v>84</v>
       </c>
       <c r="I15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H16">
         <v>7</v>
       </c>
       <c r="I16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H17">
         <v>120</v>
       </c>
       <c r="I17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F18" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H18">
         <v>0</v>
       </c>
       <c r="I18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E19" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F19" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G19" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H19">
         <v>48</v>
       </c>
       <c r="I19" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F20" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H20">
         <v>48</v>
       </c>
       <c r="I20" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B21" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C21" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H21">
         <v>96</v>
       </c>
       <c r="I21" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G22" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H22">
         <v>6</v>
       </c>
       <c r="I22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H23">
         <v>84</v>
       </c>
       <c r="I23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:10">
-      <c r="A24"/>
-[...3 lines deleted...]
-      <c r="E24"/>
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
+        <v>115</v>
+      </c>
+      <c r="E24" t="s">
+        <v>159</v>
+      </c>
       <c r="F24" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="G24" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      <c r="J24"/>
+        <v>161</v>
+      </c>
+      <c r="H24">
+        <v>24</v>
+      </c>
+      <c r="I24" t="s">
+        <v>162</v>
+      </c>
+      <c r="J24" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>165</v>
+      </c>
+      <c r="D25" t="s">
+        <v>152</v>
+      </c>
+      <c r="E25" t="s">
+        <v>166</v>
+      </c>
+      <c r="F25" t="s">
+        <v>167</v>
+      </c>
+      <c r="G25" t="s">
+        <v>124</v>
+      </c>
+      <c r="H25">
+        <v>120</v>
+      </c>
+      <c r="I25" t="s">
+        <v>168</v>
+      </c>
+      <c r="J25" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>171</v>
+      </c>
+      <c r="F26" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" t="s">
+        <v>124</v>
+      </c>
+      <c r="H26">
+        <v>120</v>
+      </c>
+      <c r="I26" t="s">
+        <v>173</v>
+      </c>
+      <c r="J26" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>170</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27" t="s">
+        <v>175</v>
+      </c>
+      <c r="F27" t="s">
+        <v>176</v>
+      </c>
+      <c r="G27" t="s">
+        <v>177</v>
+      </c>
+      <c r="H27">
+        <v>120</v>
+      </c>
+      <c r="I27" t="s">
+        <v>178</v>
+      </c>
+      <c r="J27" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" t="s">
+        <v>179</v>
+      </c>
+      <c r="B28" t="s">
+        <v>180</v>
+      </c>
+      <c r="C28" t="s">
+        <v>181</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>182</v>
+      </c>
+      <c r="F28" t="s">
+        <v>183</v>
+      </c>
+      <c r="G28" t="s">
+        <v>177</v>
+      </c>
+      <c r="H28">
+        <v>120</v>
+      </c>
+      <c r="I28" t="s">
+        <v>184</v>
+      </c>
+      <c r="J28" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" t="s">
+        <v>185</v>
+      </c>
+      <c r="B29" t="s">
+        <v>186</v>
+      </c>
+      <c r="C29" t="s">
+        <v>187</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>188</v>
+      </c>
+      <c r="F29" t="s">
+        <v>176</v>
+      </c>
+      <c r="G29" t="s">
+        <v>177</v>
+      </c>
+      <c r="H29">
+        <v>77</v>
+      </c>
+      <c r="I29" t="s">
+        <v>189</v>
+      </c>
+      <c r="J29" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30"/>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30"/>
+      <c r="F30" t="s">
+        <v>190</v>
+      </c>
+      <c r="G30" t="s">
+        <v>191</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>